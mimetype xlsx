--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -51,1020 +51,1020 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Luís Cláudio</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/1/ind_001_-_patrolamento_escoria_estradas_rurais_desentupimento_galeria_agua_pluvial.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/1/ind_001_-_patrolamento_escoria_estradas_rurais_desentupimento_galeria_agua_pluvial.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser realizado o serviço de patrolamento das estradas e acessos da zona rural que possuem moradores, posteriormente a colocação de escória em todos os trechos de difícil acesso para veículos, caminhões e motocicletas e desentupimento das galerias de captação de água pluvial.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/2/ind_002_-_limpeza_e_desentupimento_galeria_agua_pluvial_reposicao_tampas_bueiros_quebradas_ou_ausentes.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/2/ind_002_-_limpeza_e_desentupimento_galeria_agua_pluvial_reposicao_tampas_bueiros_quebradas_ou_ausentes.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de serem realizados os serviços de limpeza de todos os bueiros da cidade e o desentupimento de todos que assim estejam e nos locais necessários, a reposição das tampas dos bueiros eventualmente quebradas ou ausentes e a divulgação de anúncios à população para não jogar lixo nas ruas evitando o entupimento dos bueiros.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_-_limpeza_e_aprofundamento_dos_corregos_e_valetas.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_-_limpeza_e_aprofundamento_dos_corregos_e_valetas.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de serem realizados os serviços de limpeza e aprofundamento dos córregos e das valetas que passam pela cidade.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/4/ind_004_-_troca_lampadas_queimadas.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/4/ind_004_-_troca_lampadas_queimadas.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser realizado o serviço de troca das lâmpadas queimadas em toda a rede de iluminação pública da cidade.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/5/ind_005_-_manutencao_cameras_vigilancia.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/5/ind_005_-_manutencao_cameras_vigilancia.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser realizado o serviço de manutenção (conserto ou troca) das câmeras de segurança.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sérgio Roberto de Souza Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/6/ind_006_-_campanha_posse_responsavel_animais_domesticos.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/6/ind_006_-_campanha_posse_responsavel_animais_domesticos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser feita campanha de conscientização visando a posse responsável de animais domésticos.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/7/ind_007_-_escoria_estradas_bairro_shangri-la.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/7/ind_007_-_escoria_estradas_bairro_shangri-la.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser espalhada escória nas estradas de acesso ao Bairro Shangri-Lá.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/8/ind_008_-_poda_arvores_proximas_rede_eletrica.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/8/ind_008_-_poda_arvores_proximas_rede_eletrica.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser realizado o serviço de poda das árvores localizadas nas vias urbanas e estradas rurais que estejam próximas à rede de iluminação pública.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/9/ind_009_-_campanha_uso_consciente_som_automotivo_e_residencial.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/9/ind_009_-_campanha_uso_consciente_som_automotivo_e_residencial.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser feita campanha de conscientização visando o uso de aparelho de som automotivo ou residencial com volume adequado, visando evitar incômodos indevidos para terceiros.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>André Luís Toledo Ladeira</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/10/ind_010_-_construcao_ossario-ossuario_geral_publico.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/10/ind_010_-_construcao_ossario-ossuario_geral_publico.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a possibilidade de ser construído um ossário ou ossuário geral público no Cemitério Municipal de Goianá.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Josiel de Queiroz Haber</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/11/ind_011_-_calcamento_rua_adjalma_canedo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/11/ind_011_-_calcamento_rua_adjalma_canedo.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, a possibilidade de ser realizado o serviço calçamento da Rua Adjalma Canedo, no Bairro Progresso.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/12/ind_012_-_instalacao_de_um_poste_iluminacao_publica_rua_maria_geralda_zaidem.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/12/ind_012_-_instalacao_de_um_poste_iluminacao_publica_rua_maria_geralda_zaidem.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, a possibilidade de instalação de um poste de iluminação pública na Rua Maria Geralda Zaidem, próximo à residência de número 100.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Roberto Rodrigues Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/24/ind_013_-_conclusao_infraestrutura_area_esporte_equestre.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/24/ind_013_-_conclusao_infraestrutura_area_esporte_equestre.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, a possibilidade de ser instalada a infraestrutura necessária (água, areia na área específica, iluminação, bebedouro para as pessoas e animais... e o que mais for preciso), no terreno da Prefeitura de Goianá, destinado à prática de esporte equestre, localizado no Bairro Progresso.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/25/ind_014_-_iluminacao_interior_cemiterio_municipal.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/25/ind_014_-_iluminacao_interior_cemiterio_municipal.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, a possibilidade de ser instalada iluminação pública no interior do Cemitério Municipal.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/26/ind_015_-_quebra_molas_cid_zaidem.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/26/ind_015_-_quebra_molas_cid_zaidem.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, a possibilidade de ser instalado quebra-molas na Rua Cid Zaidem.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/27/ind_016_-_banco_24_horas.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/27/ind_016_-_banco_24_horas.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja solicitado da empresa TecBan a instalação de um terminal de “Banco24 horas” em algum estabelecimento comercial da cidade de Goianá.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Paulo Toledo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/592/ind_017-2020_-_instalacao_de_placa_rua_antonia_maria_van_den_berg.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/592/ind_017-2020_-_instalacao_de_placa_rua_antonia_maria_van_den_berg.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá, Estevam de Assis Barreiros, que seja solicitado a instalação de uma (ou duas se necessário) PLACA DE IDENTIFICAÇÃO na Rua Antônia Maria Van Den Berg, bairro Centro.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/604/ind_018-2020_-_patrolamento_estradas_rurais_prioridade_carangola_e_capoeirinha.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/604/ind_018-2020_-_patrolamento_estradas_rurais_prioridade_carangola_e_capoeirinha.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de ser incluído no plano de ações e serviços da Prefeitura de Goianá, o patrolamento de todas as estradas rurais de Goianá, priorizando Capoeirinha e Carangola</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/607/ind_019-2020_-_campanha_correto_descarte_mascaras.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/607/ind_019-2020_-_campanha_correto_descarte_mascaras.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de ser realizada uma campanha educativa demonstrando à população goianaense da necessidade de um correto descarte das máscaras utilizadas como prevenção ao novo coronavírus.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/616/ind_020-2020_-_calcamento_rua_antonia_maria_van_den_berg.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/616/ind_020-2020_-_calcamento_rua_antonia_maria_van_den_berg.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de ser realizado o serviço de calçamento da Rua ANTÔNIA MARIA VAN DEN BERG.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/617/ind_021-2020_-_instalacao_placa_praca_e_academia_ar_llivre_joaquim_da_hora.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/617/ind_021-2020_-_instalacao_placa_praca_e_academia_ar_llivre_joaquim_da_hora.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de ser instalada a placa de identificação na Praça de acesso à Quadra Leandro Silva de Toledo.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/618/ind_022-2020_-_limpeza_e_instalacao_de_manilha_no_bairro_fortaleza.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/618/ind_022-2020_-_limpeza_e_instalacao_de_manilha_no_bairro_fortaleza.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de ser realizada a limpeza do bueiro e que seja colocada uma manilha maior para a captação de água pluviais no Bairro Fortaleza.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/621/ind_023-2020_-_solucao_atoleiro_estrada_proximo_ponto_barra.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/621/ind_023-2020_-_solucao_atoleiro_estrada_proximo_ponto_barra.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificado o fato de ter uma água corrente para dentro da estrada, próximo à ponte da Barra e determinada a tomada das providências necessárias para solução do mencionado problema.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/622/ind_024-2020_-_reabertura_estrada_fundao.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/622/ind_024-2020_-_reabertura_estrada_fundao.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, sejam tomadas as providências necessárias para a reabertura da estrada do Fundão (estrada rural intermunicipal que passa pela Fazenda do Fundão e que dá acesso, pela Barra, à Embrapa – Coronel Pacheco).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Paulo Dib (Pelinha)</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/623/ind_025-2020_-_leiloar_terrenos_pmg_e_recursos_utilizar_infraestrutura_cidade_-_calcamentos_bloquetes.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/623/ind_025-2020_-_leiloar_terrenos_pmg_e_recursos_utilizar_infraestrutura_cidade_-_calcamentos_bloquetes.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de serem leiloados os terrenos de propriedade da Prefeitura de Goianá e o recurso arrecadado ser aplicado na infraestrutura da cidade (calçamento com bloquete, após a devida de construção de galeria de água pluvial e instalação de rede de esgoto; substituição dos calçamentos de pedra por bloquete; preparação do terreno que será recebido com o loteamento do senhor Flavio Casali para instalação de indústrias; instalação de energia solar no sistema de iluminação pública; construção de imóveis para funcionamento das Secretarias Municipais...).</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/627/ind_026-2020_-_implantacao_programa_interacao_domiciliar.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/627/ind_026-2020_-_implantacao_programa_interacao_domiciliar.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade de serem tomadas as providências necessárias para implantação no Município do Programa de Internação Domiciliar.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/635/ind_027-2020_-_implantacao_de_barreira_sanitaria_contra_a_covid.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/635/ind_027-2020_-_implantacao_de_barreira_sanitaria_contra_a_covid.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, seja verificada a possibilidade da implantação de uma barreira sanitária, na rodovia que dá acesso ao município, como medida de controle da epidemia de Covid.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/645/ind_028-2020_-_faixa_pedestre_em_frente_igreja_metodista.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/645/ind_028-2020_-_faixa_pedestre_em_frente_igreja_metodista.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – seja verificada a possibilidade de ser instalada sinalização gráfica horizontal de trânsito, qual seja, pintura de faixa de pedestres, em frente a Igreja Metodista, nesta cidade.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/649/ind_029-2020_-_proibido_parar_e_estacionar_rua_geraldo_da_cruz.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/649/ind_029-2020_-_proibido_parar_e_estacionar_rua_geraldo_da_cruz.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros – a necessidade de ser instalada sinalização vertical de trânsito, qual seja, placa de PROIBIDO PARAR E ESTACIONAR, em toda a extensão da Rua Geraldo da Cruz, excepcionando em frente à residência do senhor Reginaldo, no lado direito, sentido de entrada na rua.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/652/ind_030-2020_-_calcamento_rua_joao_scarateri.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/652/ind_030-2020_-_calcamento_rua_joao_scarateri.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, que seja verificada a possibilidade de ser realizado o serviço de calçamento da Rua JOÃO SCARATERI.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/656/ind_031-2020_-_capina_e_poda_arvores_rua_joao_canedo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/656/ind_031-2020_-_capina_e_poda_arvores_rua_joao_canedo.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Prefeito Municipal de Goianá – Estevam de Assis Barreiros, que seja verificada a possibilidade de serem realizados os serviços de capina e poda das árvores da Rua João Canedo.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/657/ind_032-2020_-_criacao_programa_centro_atencao_cidadao.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/657/ind_032-2020_-_criacao_programa_centro_atencao_cidadao.pdf</t>
   </si>
   <si>
     <t>Indicar à Mesa Diretora da Câmara Municipal de Goianá a criação de um Programa denominado Centro de Atenção ao Cidadão, a ser implantado na Sessão Legislativa de 2021, conforme anteprojeto de resolução, anexo, além da aquisição de equipamentos para a implantação do projeto em referência (computador, notebook e impressora).</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/599/req_001-2020_-_copasa_audiencia_publica.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/599/req_001-2020_-_copasa_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo ALEXANDRE JOSÉ GREGO - GERENTE DA CIA. DE SANEAMENTO DE MINAS GERAIS - COPASA - _x000D_
 Em conjunto com a Secretaria desta Câmara de Vereadores, seja agendada e organizada uma audiência pública a se realizar na Câmara Municipal de Goianá, para ser apresentada à comunidade goianaense um relatório da situação atual e do que se pretende ser feito por parte da COPASA visando a melhoria do serviço de fornecimento de água na cidade de Goianá._x000D_
 Sugerimos seja a audiência pública realizada no mês de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/600/req_002-2020_-_cmg_devolver_r12.43487-2019_a_pmg_-_copia.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/600/req_002-2020_-_cmg_devolver_r12.43487-2019_a_pmg_-_copia.pdf</t>
   </si>
   <si>
     <t>Vem requerer que seja procedida devolução, à Prefeitura Municipal de Goianá, de recurso financeiro não utilizado por essa Câmara no exercício financeiro de dois mil e dezenove (2019), na importância de doze mil, quatrocentos e trinta e quatro reais e oitenta e sete centavos (R$12.434,87).</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>Derly Alves Ribeiro, Josiel de Queiroz Haber, Luís Cláudio, Roberto Rodrigues Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/601/req_003-2020_-_pmg_gasto_coronavirus_e_outros.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/601/req_003-2020_-_pmg_gasto_coronavirus_e_outros.pdf</t>
   </si>
   <si>
     <t>Vêm apresentar ao Excelentíssimo Prefeito de Goianá, Estevam de Assis Barreiros, o seguinte:_x000D_
 1. Qual o valor gasto por essa administração nas ações de combate ao novo coronavírus, haja vista, a Prefeitura de Goianá recebeu a importância de R$87.997,41 (oitenta e sete mil novecentos e noventa e sete reais e quarenta e um centavos);_x000D_
 2. Quantos veículos a Prefeitura possui, discriminando quantos estão em condições de uso e quantos encontram-se quebrados, danificados, sem condições de uso e qual empresa e/ou mecânico faz(em) a manutenção dos veículos (nesta relação incluídos: caminhões, retro escavadeira, patrol);_x000D_
 3. Se já foram concluídas as sindicâncias sobre os acidentes de trânsito envolvendo o Voyage e a moto da Prefeitura, e, se sim, qual o resultado apurado e a medida adotada pela administração municipal, discriminando os valores pagos com a reforma dos mencionados veículos (FOTOS ANEXAS);_x000D_
 4. Quem é o atual Chefe da Vigilância Sanitária em Goianá e qual servidor frequenta ....</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/602/req_004-2020_-_retroescavadeira.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/602/req_004-2020_-_retroescavadeira.pdf</t>
   </si>
   <si>
     <t>Vêm apresentar ao Excelentíssimo Prefeito de Goianá, Estevam de Assis Barreiros, o seguinte:_x000D_
 Sejam apresentadas, no prazo legal, as seguintes informações:_x000D_
 1. Qual empresa (ou profissional autônomo) efetuou a retirada da retroescavadeira do local em que se encontrava sem funcionar?_x000D_
 2. Qual o valor cobrado para retirada e transporte da retroescavadeira?_x000D_
 3. Qual empresa (ou profissional autônomo) que efetuou o conserto da retroescavadeira?_x000D_
 4. Qual o valor cobrado para reparar os danos causado à retroescavadeira?</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/603/req_005-2020_-_40_insalubridade_profissionais_saude_durante_pandemia_coronovirus.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/603/req_005-2020_-_40_insalubridade_profissionais_saude_durante_pandemia_coronovirus.pdf</t>
   </si>
   <si>
     <t>Vem apresentar ao Excelentíssimo Prefeito Municipal de Goianá, Estevam de Assis Barreiros, o seguinte:_x000D_
 Seja editado Projeto de Lei conferindo aos servidores públicos que trabalham na saúde, o direito de receberem o adicional de insalubridade no percentual de 40%, enquanto perdurarem as ações de prevenção e combate ao novo coronavírus.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/620/moc_001-2020_-_congratulacao_flamengo_f.c._goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/620/moc_001-2020_-_congratulacao_flamengo_f.c._goiana.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Congratulação e Regozijo ao Presidente do Flamengo F.C. de Goianá, senhor Álvaro Rodrigues Filho - Leleco.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/13/plo_001_-_revisao_anual_dos_servidores_publicos_da_camara_de_goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/13/plo_001_-_revisao_anual_dos_servidores_publicos_da_camara_de_goiana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual e ganho real, aplicados aos vencimentos dos servidores públicos da Câmara Municipal de Goianá.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/14/plo_002_-_institui_novos_valores_auxilios_alimentacao_pascoa_e_natalino_dos_servidores_publicos_da_camara_de_goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/14/plo_002_-_institui_novos_valores_auxilios_alimentacao_pascoa_e_natalino_dos_servidores_publicos_da_camara_de_goiana.pdf</t>
   </si>
   <si>
     <t>Institui novos valores para os auxílios alimentação, páscoa e natalino para os servidores públicos da Câmara Municipal de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>André Luís Toledo Ladeira, Derly Alves Ribeiro, Geraldo Célio Coutinho, Josiel de Queiroz Haber, Luís Cláudio, Paulo Dib (Pelinha), Paulo Toledo, Roberto Rodrigues Nogueira, Sérgio Roberto de Souza Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/15/plo_003_-_reajuste_do_subsidio_agentes_politicos_do_municipio_de_goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/15/plo_003_-_reajuste_do_subsidio_agentes_politicos_do_municipio_de_goiana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição anual dos subsídios dos agentes políticos do Município de Goianá (Prefeito, Vice-prefeito, Secretários Municipais e Vereadores) para a sexta legislatura - 2017/2020, sessão legislativa de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Goianá/MG - PMG</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/16/plo_004_-_quadro_pessoal_magisterio_da_prefeitura_municipal_de_goiana_-_revoga_lei_057-1997.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/16/plo_004_-_quadro_pessoal_magisterio_da_prefeitura_municipal_de_goiana_-_revoga_lei_057-1997.pdf</t>
   </si>
   <si>
     <t>Dispões sobre o quadro de pessoal do magistério da Prefeitura de Goianá (MG) e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/17/plo_005_-_denomina_esf_dr._luiz_eneas_da_cruz_nunes.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/17/plo_005_-_denomina_esf_dr._luiz_eneas_da_cruz_nunes.pdf</t>
   </si>
   <si>
     <t>Denomina o próprio público, ESF localizado na rua Dr. Loures, bairro Santa Luzia no município de Goianá-MG de ESF "Dr. Luiz Enéas da Cruz Nunes.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/18/plo_006_-_revisao_geral_anual_do_subsidio_e_auxilios_dos_servidores_publicos_da_prefeitura_de_goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/18/plo_006_-_revisao_geral_anual_do_subsidio_e_auxilios_dos_servidores_publicos_da_prefeitura_de_goiana.pdf</t>
   </si>
   <si>
     <t>Dispões sobre revisão geral anual e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/19/plo_007_-_concessao_transportes_pessoas_residentes_municipio.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/19/plo_007_-_concessao_transportes_pessoas_residentes_municipio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de transporte às pessoas residentes no município de Goianá e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/20/plo_008_-_reorganiza_quadro_cargos_da_administracao_publica_-_altera__lei_841-2020.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/20/plo_008_-_reorganiza_quadro_cargos_da_administracao_publica_-_altera__lei_841-2020.pdf</t>
   </si>
   <si>
     <t>Reorganiza o quadro de cargos da Administração Pública; altera o Anexo I da Lei 841/2020 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/21/plo_009_-_compensacao_areas_institucional_flavio_casali.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/21/plo_009_-_compensacao_areas_institucional_flavio_casali.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Goianá a aprovar loteamento urbano sem existência de área institucional destinada especialmente a implantação de espaços livres de uso público, equipamento urbano e comunitário e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/22/plo_010_-_revogacao_inciso_iii_art._6o_lei_059_-_ascensao.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/22/plo_010_-_revogacao_inciso_iii_art._6o_lei_059_-_ascensao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação do Art. 6°, III, da Lei Municipal 059/1997 institui o plano de carreiras do servidor público do município de Goianá-MG e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/594/plo_011-2020_-_utilidade_publica_municipal_associacao_comitiva_os_mais_ou_menos_que_ta_tendo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/594/plo_011-2020_-_utilidade_publica_municipal_associacao_comitiva_os_mais_ou_menos_que_ta_tendo.pdf</t>
   </si>
   <si>
     <t>Declara como sendo entidade de utilidade pública municipal de Goianá a associação comitiva "Os mais ou menos que tá tendo".</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/595/plo_012-2020_-_concede_isencao_iptu_portadores_doencas_graves.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/595/plo_012-2020_-_concede_isencao_iptu_portadores_doencas_graves.pdf</t>
   </si>
   <si>
     <t>Concede isenção do imposto predial e territorial urbano (IPTU), sobre imóvel integrante do patrimônio de portadores de doenças consideradas graves, elencadas nesta ou que tenham dependentes nesta condição e dá outras providências.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/596/plo_013-2020_-_altera_lei_059_-_cria_um_cargo_nutricionista_fisioterapeuta_e_fonoaudiologo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/596/plo_013-2020_-_altera_lei_059_-_cria_um_cargo_nutricionista_fisioterapeuta_e_fonoaudiologo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 059/1997 que "Institui o plano de carreiras do servidor público do município de Goianá-MG" e dá outras providências.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/597/plo_014-2020_-_altera_lei_001_-_secretario_gabinete.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/597/plo_014-2020_-_altera_lei_001_-_secretario_gabinete.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei n° 001/1997 e dá outras providências.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/598/plo_015-2020_-_suspensao_parcelas_consignado.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/598/plo_015-2020_-_suspensao_parcelas_consignado.pdf</t>
   </si>
   <si>
     <t>Estabelece a suspensão por 120 (cento e vinte) dias da cobrança dos empréstimos consignados dos trabalhadores e aposentados.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/605/plo_016-2020_-_denomina_rotatoria_eguinha_pocoto.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/605/plo_016-2020_-_denomina_rotatoria_eguinha_pocoto.pdf</t>
   </si>
   <si>
     <t>Denomina o próprio público interseção em círculo, localizada no encontro das ruas José Ribeiro de Castro, Santo Antônio do Limoeiro e Sete de Setembro, como "Rotatória Eguinha Pocotó".</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/606/plo_017-2020_-_denominacao_bairro_fortaleza.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/606/plo_017-2020_-_denominacao_bairro_fortaleza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de bairro no município de Goianá e dá outras providências - Bairro Fortaleza.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/608/plo_018-2020_-_isencao_taxas_de_inscricao_concurso_publico_a_serventuarios_justica_eleitoral.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/608/plo_018-2020_-_isencao_taxas_de_inscricao_concurso_publico_a_serventuarios_justica_eleitoral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do pagamento de valores a título de inscrição em concursos públicos no âmbito do município de Goianá/MG, para os eleitores convocados e nomeados, que tenham prestados serviço eleitoral, e dá outras providências.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/609/plo_019-2020_-_isencao_iptu_igrejas.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/609/plo_019-2020_-_isencao_iptu_igrejas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do IPTU - Propriedade predial e territorial urbana, incidentes sobre imóveis alugados ou cedidos a igrejas e templos religiosos no território do município de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/614/plo_020-2020_-_regulamenta_diarias_pmg.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/614/plo_020-2020_-_regulamenta_diarias_pmg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação nos deslocamentos a serviço no âmbito da Administração Pública Municipal de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/615/plo_021-2020_-_isencao_de_taxa_de_sepultamento.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/615/plo_021-2020_-_isencao_de_taxa_de_sepultamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção a família ou responsável por cidadão falecido, inscrito ou inscritos no CadÚnico, Cadastro Único do Governo Federal, do pagamento da taxa de sepultamento, e dá outras providências.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/619/plo_022-2020_-_pmg_politica_assistencia_social.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/619/plo_022-2020_-_pmg_politica_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Pública de Assistência Social do Município de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/624/plo_023-2020_-_denomina_rua_dr._luiz_eneas_da_cruz_nunes.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/624/plo_023-2020_-_denomina_rua_dr._luiz_eneas_da_cruz_nunes.pdf</t>
   </si>
   <si>
     <t>Denomina o próprio público, rua "c", localizada no loteamento Belo Horizonte (Fazenda Campo Alegre) de Sylvestre Côrtes Rossignoli Júnior, bairro Belo Horizonte do município de Goianá-MG de "Rua Dr. Luiz Enéas da Cruz Nunes".</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/625/plo_024-2020_-_denomina_rua_geraldo_ribeiro_da_silva.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/625/plo_024-2020_-_denomina_rua_geraldo_ribeiro_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina o próprio público, rua projetada sem saída, localizada no loteamento de iniciativa da Prefeitura de Goianá, no prolongamento da rua Altino Joaquim Sanches, área remanescente da Fazenda Campo Alegre, de "Rua Geraldo Ribeiro da Silva".</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/641/plo_028-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/641/plo_028-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de convênio para Cessão de servidor municipal.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/642/plo_029-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/642/plo_029-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de convênio para Cessão de servidor municipal</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/643/plo_030-2020_-_denominacao_espaco_publico_abigail_lopes_loures.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/643/plo_030-2020_-_denominacao_espaco_publico_abigail_lopes_loures.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público municipal, localizado na praça Aimbiré de Paula Andrade</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/644/plo_031-2020_-_altera_lei_605_-_correcao_rua_paulo_ribeiro_-_loteamento_sylvestre.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/644/plo_031-2020_-_altera_lei_605_-_correcao_rua_paulo_ribeiro_-_loteamento_sylvestre.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Nº 605/2013, que dispõe sobre denominação de Rua no loteamento de Sylvestre Cortes Rossignoli Júnior, neste município de Goianá/MG.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/646/plo_032-2020_-_cadastramento_monitoramento_preservacao_recuperacao_nascentes_agua.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/646/plo_032-2020_-_cadastramento_monitoramento_preservacao_recuperacao_nascentes_agua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização à Prefeitura Municipal de Goianá para realizar o cadastramento, visando o monitoramento, a preservação, proteção, recuperação e uso sustentável dos recursos hídricos no Município de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/647/plo_033-2020_-_inclusao_acoes_ppa_2018-2021_-_construcao-reforma_sede_cmg.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/647/plo_033-2020_-_inclusao_acoes_ppa_2018-2021_-_construcao-reforma_sede_cmg.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inclusão de Ações no Plano Plurianual para o período 2018 /2021 e na LDO para o exercício 2021.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/648/plo_034-2020_-_estima_a_receita_e_fixa_despesa_2021_-_orcamento.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/648/plo_034-2020_-_estima_a_receita_e_fixa_despesa_2021_-_orcamento.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Goianá para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/658/plo_035-2020_-_proibicao_do_pagamento_de_diarias.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/658/plo_035-2020_-_proibicao_do_pagamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do pagamento de diárias, ressarcimento, reembolso ou indenizações na Câmara Municipal de Goianá.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/659/plo_036-2020_-_denominacao_rua_joanattas_teodoro_dos_anjos_-_revoga_lei_802-2019-rua_manoelina.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/659/plo_036-2020_-_denominacao_rua_joanattas_teodoro_dos_anjos_-_revoga_lei_802-2019-rua_manoelina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua, neste município de Goianá/MG - Rua Joanattas Teodoro dos Anjos.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/660/plo_037-2020_-_altera_lei_no_840.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/660/plo_037-2020_-_altera_lei_no_840.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 840 de 10 de dezembro de 2019 que “Estima a Receita e fixa a Despesa do Município de Goiana para o exercício financeiro de 2020".</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>André Luís Toledo Ladeira, Geraldo Célio Coutinho, Paulo Dib (Pelinha), Sérgio Roberto de Souza Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/593/plc_2020-001_-_altera_lei_complementar_003-2018_-_reestruturacao_administrativa_organizacional_e_funcional_da_camara_municipal_de_goiana.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/593/plc_2020-001_-_altera_lei_complementar_003-2018_-_reestruturacao_administrativa_organizacional_e_funcional_da_camara_municipal_de_goiana.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar N° 002 de 10 de janeiro de 2018 que "Dispõe sobre a reestruturação administrativa, organizacional e funcional da Câmara Municipal de Goianá e dá outras providências".</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/650/plc_003-2020_-_parcelamento_solo_urbano_e_rural.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/650/plc_003-2020_-_parcelamento_solo_urbano_e_rural.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo urbano e rural no Município de Goianá e dá outras providências.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/651/plc_004-2020_-_parcelamento_solo_rural_para_loteamento_condominio_chacreamento.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/651/plc_004-2020_-_parcelamento_solo_rural_para_loteamento_condominio_chacreamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento do solo rural para loteamento/Condomínio - Chacreamento - no Município de Goianá e dá outras PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr_151-2020_-_institui_galeria_ex-presidentes_galeria_vereador_wllian_cosme_da_silva_guedes.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr_151-2020_-_institui_galeria_ex-presidentes_galeria_vereador_wllian_cosme_da_silva_guedes.pdf</t>
   </si>
   <si>
     <t>Institui a galeria de fotos dos ex-presidentes da Câmara Municipal de Goianá/MG: " Galeria dos ex-presidentes da Câmara Municipal de Goianá - Vereador Willian Cosme da Silva Guedes", e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Geraldo Célio Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/610/pr_152-2020_-_cidadao_honorario_dr._claret_ribeiro_braga.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/610/pr_152-2020_-_cidadao_honorario_dr._claret_ribeiro_braga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do título de cidadão honorário de Goianá ao advogado Dr. Claret Ribeiro Braga.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/611/pr_153-2020_-_cidada_honoraria_enfermeira_rita_aparecida_guedes_mattosinhos.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/611/pr_153-2020_-_cidada_honoraria_enfermeira_rita_aparecida_guedes_mattosinhos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do título de cidadã honorária de Goianá à Enfermeira, Senhora Rita Aparecida Guedes Mattosinhos.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Geraldo Célio Coutinho, Paulo Dib (Pelinha), Paulo Toledo</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/612/pr_154-2020_-_aprova_contas_pmg_2018.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/612/pr_154-2020_-_aprova_contas_pmg_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas da Prefeitura Municipal de Goianá relativas ao exercício financeiro de 2018.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Paulo Dib (Pelinha), Sérgio Roberto de Souza Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/613/pr_155-2020_-_cidadao_honorario_sec.mun.saude_lucio_alvim.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/613/pr_155-2020_-_cidadao_honorario_sec.mun.saude_lucio_alvim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do título de cidadão honorário de Goianá ao Senhor Lúcio Alvim.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/626/pr_156-2020_-_concede_o_titulo_de_honra_ao_merito_ao_padre_eder_luiz_pereira.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/626/pr_156-2020_-_concede_o_titulo_de_honra_ao_merito_ao_padre_eder_luiz_pereira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Honra ao Mérito ao Padre Éder Luiz Pereira.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/628/pr_157-2020_-_concessao_do_titulo_de_cidadao_benemerito_a_claudinei_da_silva.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/628/pr_157-2020_-_concessao_do_titulo_de_cidadao_benemerito_a_claudinei_da_silva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadão Benemérito a Claudinei da Silva.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/629/pr_158-2020_-_concessao_do_titulo_de_cidada_honoraria_tania_maria_mazoni_zampa.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/629/pr_158-2020_-_concessao_do_titulo_de_cidada_honoraria_tania_maria_mazoni_zampa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária à Professora Tânia Maria Mazoni Zampa.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/630/pr_159-2020_-_concessao_do_titulo_de_cidadao_honorario_rodney_barbosa_costa.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/630/pr_159-2020_-_concessao_do_titulo_de_cidadao_honorario_rodney_barbosa_costa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadão Honorário ao Senhor Rodney Barbora Costa.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/631/pr_160-2020_-_concessao_do_titulo_de_honra_ao_merito_policial_pm_edson_rodrigues_de_oliveira_junior.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/631/pr_160-2020_-_concessao_do_titulo_de_honra_ao_merito_policial_pm_edson_rodrigues_de_oliveira_junior.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Honra ao Mérito ao Policial Militar 3° Sargento Edson Rodrigues de Oliveira Júnior.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/632/pr_161-2020_-_concessao_do_titulo_de_cidda_honoraria_sec._mun._saude_thagnani_reis_do_carmo_ferreira.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/632/pr_161-2020_-_concessao_do_titulo_de_cidda_honoraria_sec._mun._saude_thagnani_reis_do_carmo_ferreira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária de Goianá à Secretária Municipal de Educação, Senhora Thagnani Reis do Carmo Ferreira.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/633/pr_162-2020_-_concessao_do_titulo_de_cidada_benemerita_danieli_maciel_pereira.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/633/pr_162-2020_-_concessao_do_titulo_de_cidada_benemerita_danieli_maciel_pereira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Benemérita de Goianá à Comerciante Danieli Maciel Pereira.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/634/pr_163-2020_-_concessao_do_titulo_de_cidada_honoraria_talita_da_silva_araujo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/634/pr_163-2020_-_concessao_do_titulo_de_cidada_honoraria_talita_da_silva_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária de Goianá à Servidora Pública Talita da Silva Araújo.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/636/pr_164-2020_-_concessao_do_titulo_de_honra_ao_merito_servidora_publica_dayane_antonelli_fonseca.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/636/pr_164-2020_-_concessao_do_titulo_de_honra_ao_merito_servidora_publica_dayane_antonelli_fonseca.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a concessão do título de honra ao mérito à servidora pública Dayane Antonelli Fonseca</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/637/pr_165-2020_-_concessao_do_titulo_de_cidada_honoraria_thais_da_silva_araujo.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/637/pr_165-2020_-_concessao_do_titulo_de_cidada_honoraria_thais_da_silva_araujo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Cidadã Honorária de Goianá à Servidora Pública Thaís da Silva Araújo</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/653/pr_166-2020_-_concessao_do_titulo_de_honra_ao_merito_perciliara_fazza.pdf</t>
+    <t>http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/653/pr_166-2020_-_concessao_do_titulo_de_honra_ao_merito_perciliara_fazza.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do Título de Honra ao Mérito à Professora Perciliara Maria Daniel da Silva Fazza.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1371,68 +1371,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/1/ind_001_-_patrolamento_escoria_estradas_rurais_desentupimento_galeria_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/2/ind_002_-_limpeza_e_desentupimento_galeria_agua_pluvial_reposicao_tampas_bueiros_quebradas_ou_ausentes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_-_limpeza_e_aprofundamento_dos_corregos_e_valetas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/4/ind_004_-_troca_lampadas_queimadas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/5/ind_005_-_manutencao_cameras_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/6/ind_006_-_campanha_posse_responsavel_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/7/ind_007_-_escoria_estradas_bairro_shangri-la.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/8/ind_008_-_poda_arvores_proximas_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/9/ind_009_-_campanha_uso_consciente_som_automotivo_e_residencial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/10/ind_010_-_construcao_ossario-ossuario_geral_publico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/11/ind_011_-_calcamento_rua_adjalma_canedo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/12/ind_012_-_instalacao_de_um_poste_iluminacao_publica_rua_maria_geralda_zaidem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/24/ind_013_-_conclusao_infraestrutura_area_esporte_equestre.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/25/ind_014_-_iluminacao_interior_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/26/ind_015_-_quebra_molas_cid_zaidem.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/27/ind_016_-_banco_24_horas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/592/ind_017-2020_-_instalacao_de_placa_rua_antonia_maria_van_den_berg.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/604/ind_018-2020_-_patrolamento_estradas_rurais_prioridade_carangola_e_capoeirinha.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/607/ind_019-2020_-_campanha_correto_descarte_mascaras.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/616/ind_020-2020_-_calcamento_rua_antonia_maria_van_den_berg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/617/ind_021-2020_-_instalacao_placa_praca_e_academia_ar_llivre_joaquim_da_hora.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/618/ind_022-2020_-_limpeza_e_instalacao_de_manilha_no_bairro_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/621/ind_023-2020_-_solucao_atoleiro_estrada_proximo_ponto_barra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/622/ind_024-2020_-_reabertura_estrada_fundao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/623/ind_025-2020_-_leiloar_terrenos_pmg_e_recursos_utilizar_infraestrutura_cidade_-_calcamentos_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/627/ind_026-2020_-_implantacao_programa_interacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/635/ind_027-2020_-_implantacao_de_barreira_sanitaria_contra_a_covid.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/645/ind_028-2020_-_faixa_pedestre_em_frente_igreja_metodista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/649/ind_029-2020_-_proibido_parar_e_estacionar_rua_geraldo_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/652/ind_030-2020_-_calcamento_rua_joao_scarateri.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/656/ind_031-2020_-_capina_e_poda_arvores_rua_joao_canedo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/657/ind_032-2020_-_criacao_programa_centro_atencao_cidadao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/599/req_001-2020_-_copasa_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/600/req_002-2020_-_cmg_devolver_r12.43487-2019_a_pmg_-_copia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/601/req_003-2020_-_pmg_gasto_coronavirus_e_outros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/602/req_004-2020_-_retroescavadeira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/603/req_005-2020_-_40_insalubridade_profissionais_saude_durante_pandemia_coronovirus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/620/moc_001-2020_-_congratulacao_flamengo_f.c._goiana.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/13/plo_001_-_revisao_anual_dos_servidores_publicos_da_camara_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/14/plo_002_-_institui_novos_valores_auxilios_alimentacao_pascoa_e_natalino_dos_servidores_publicos_da_camara_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/15/plo_003_-_reajuste_do_subsidio_agentes_politicos_do_municipio_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/16/plo_004_-_quadro_pessoal_magisterio_da_prefeitura_municipal_de_goiana_-_revoga_lei_057-1997.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/17/plo_005_-_denomina_esf_dr._luiz_eneas_da_cruz_nunes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/18/plo_006_-_revisao_geral_anual_do_subsidio_e_auxilios_dos_servidores_publicos_da_prefeitura_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/19/plo_007_-_concessao_transportes_pessoas_residentes_municipio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/20/plo_008_-_reorganiza_quadro_cargos_da_administracao_publica_-_altera__lei_841-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/21/plo_009_-_compensacao_areas_institucional_flavio_casali.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/22/plo_010_-_revogacao_inciso_iii_art._6o_lei_059_-_ascensao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/594/plo_011-2020_-_utilidade_publica_municipal_associacao_comitiva_os_mais_ou_menos_que_ta_tendo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/595/plo_012-2020_-_concede_isencao_iptu_portadores_doencas_graves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/596/plo_013-2020_-_altera_lei_059_-_cria_um_cargo_nutricionista_fisioterapeuta_e_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/597/plo_014-2020_-_altera_lei_001_-_secretario_gabinete.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/598/plo_015-2020_-_suspensao_parcelas_consignado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/605/plo_016-2020_-_denomina_rotatoria_eguinha_pocoto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/606/plo_017-2020_-_denominacao_bairro_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/608/plo_018-2020_-_isencao_taxas_de_inscricao_concurso_publico_a_serventuarios_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/609/plo_019-2020_-_isencao_iptu_igrejas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/614/plo_020-2020_-_regulamenta_diarias_pmg.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/615/plo_021-2020_-_isencao_de_taxa_de_sepultamento.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/619/plo_022-2020_-_pmg_politica_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/624/plo_023-2020_-_denomina_rua_dr._luiz_eneas_da_cruz_nunes.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/625/plo_024-2020_-_denomina_rua_geraldo_ribeiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/641/plo_028-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/642/plo_029-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/643/plo_030-2020_-_denominacao_espaco_publico_abigail_lopes_loures.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/644/plo_031-2020_-_altera_lei_605_-_correcao_rua_paulo_ribeiro_-_loteamento_sylvestre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/646/plo_032-2020_-_cadastramento_monitoramento_preservacao_recuperacao_nascentes_agua.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/647/plo_033-2020_-_inclusao_acoes_ppa_2018-2021_-_construcao-reforma_sede_cmg.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/648/plo_034-2020_-_estima_a_receita_e_fixa_despesa_2021_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/658/plo_035-2020_-_proibicao_do_pagamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/659/plo_036-2020_-_denominacao_rua_joanattas_teodoro_dos_anjos_-_revoga_lei_802-2019-rua_manoelina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/660/plo_037-2020_-_altera_lei_no_840.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/593/plc_2020-001_-_altera_lei_complementar_003-2018_-_reestruturacao_administrativa_organizacional_e_funcional_da_camara_municipal_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/650/plc_003-2020_-_parcelamento_solo_urbano_e_rural.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/651/plc_004-2020_-_parcelamento_solo_rural_para_loteamento_condominio_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr_151-2020_-_institui_galeria_ex-presidentes_galeria_vereador_wllian_cosme_da_silva_guedes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/610/pr_152-2020_-_cidadao_honorario_dr._claret_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/611/pr_153-2020_-_cidada_honoraria_enfermeira_rita_aparecida_guedes_mattosinhos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/612/pr_154-2020_-_aprova_contas_pmg_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/613/pr_155-2020_-_cidadao_honorario_sec.mun.saude_lucio_alvim.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/626/pr_156-2020_-_concede_o_titulo_de_honra_ao_merito_ao_padre_eder_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/628/pr_157-2020_-_concessao_do_titulo_de_cidadao_benemerito_a_claudinei_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/629/pr_158-2020_-_concessao_do_titulo_de_cidada_honoraria_tania_maria_mazoni_zampa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/630/pr_159-2020_-_concessao_do_titulo_de_cidadao_honorario_rodney_barbosa_costa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/631/pr_160-2020_-_concessao_do_titulo_de_honra_ao_merito_policial_pm_edson_rodrigues_de_oliveira_junior.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/632/pr_161-2020_-_concessao_do_titulo_de_cidda_honoraria_sec._mun._saude_thagnani_reis_do_carmo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/633/pr_162-2020_-_concessao_do_titulo_de_cidada_benemerita_danieli_maciel_pereira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/634/pr_163-2020_-_concessao_do_titulo_de_cidada_honoraria_talita_da_silva_araujo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/636/pr_164-2020_-_concessao_do_titulo_de_honra_ao_merito_servidora_publica_dayane_antonelli_fonseca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/637/pr_165-2020_-_concessao_do_titulo_de_cidada_honoraria_thais_da_silva_araujo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/653/pr_166-2020_-_concessao_do_titulo_de_honra_ao_merito_perciliara_fazza.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/1/ind_001_-_patrolamento_escoria_estradas_rurais_desentupimento_galeria_agua_pluvial.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/2/ind_002_-_limpeza_e_desentupimento_galeria_agua_pluvial_reposicao_tampas_bueiros_quebradas_ou_ausentes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/3/ind_003_-_limpeza_e_aprofundamento_dos_corregos_e_valetas.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/4/ind_004_-_troca_lampadas_queimadas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/5/ind_005_-_manutencao_cameras_vigilancia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/6/ind_006_-_campanha_posse_responsavel_animais_domesticos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/7/ind_007_-_escoria_estradas_bairro_shangri-la.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/8/ind_008_-_poda_arvores_proximas_rede_eletrica.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/9/ind_009_-_campanha_uso_consciente_som_automotivo_e_residencial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/10/ind_010_-_construcao_ossario-ossuario_geral_publico.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/11/ind_011_-_calcamento_rua_adjalma_canedo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/12/ind_012_-_instalacao_de_um_poste_iluminacao_publica_rua_maria_geralda_zaidem.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/24/ind_013_-_conclusao_infraestrutura_area_esporte_equestre.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/25/ind_014_-_iluminacao_interior_cemiterio_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/26/ind_015_-_quebra_molas_cid_zaidem.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/27/ind_016_-_banco_24_horas.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/592/ind_017-2020_-_instalacao_de_placa_rua_antonia_maria_van_den_berg.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/604/ind_018-2020_-_patrolamento_estradas_rurais_prioridade_carangola_e_capoeirinha.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/607/ind_019-2020_-_campanha_correto_descarte_mascaras.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/616/ind_020-2020_-_calcamento_rua_antonia_maria_van_den_berg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/617/ind_021-2020_-_instalacao_placa_praca_e_academia_ar_llivre_joaquim_da_hora.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/618/ind_022-2020_-_limpeza_e_instalacao_de_manilha_no_bairro_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/621/ind_023-2020_-_solucao_atoleiro_estrada_proximo_ponto_barra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/622/ind_024-2020_-_reabertura_estrada_fundao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/623/ind_025-2020_-_leiloar_terrenos_pmg_e_recursos_utilizar_infraestrutura_cidade_-_calcamentos_bloquetes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/627/ind_026-2020_-_implantacao_programa_interacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/635/ind_027-2020_-_implantacao_de_barreira_sanitaria_contra_a_covid.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/645/ind_028-2020_-_faixa_pedestre_em_frente_igreja_metodista.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/649/ind_029-2020_-_proibido_parar_e_estacionar_rua_geraldo_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/652/ind_030-2020_-_calcamento_rua_joao_scarateri.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/656/ind_031-2020_-_capina_e_poda_arvores_rua_joao_canedo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/657/ind_032-2020_-_criacao_programa_centro_atencao_cidadao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/599/req_001-2020_-_copasa_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/600/req_002-2020_-_cmg_devolver_r12.43487-2019_a_pmg_-_copia.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/601/req_003-2020_-_pmg_gasto_coronavirus_e_outros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/602/req_004-2020_-_retroescavadeira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/603/req_005-2020_-_40_insalubridade_profissionais_saude_durante_pandemia_coronovirus.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/620/moc_001-2020_-_congratulacao_flamengo_f.c._goiana.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/13/plo_001_-_revisao_anual_dos_servidores_publicos_da_camara_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/14/plo_002_-_institui_novos_valores_auxilios_alimentacao_pascoa_e_natalino_dos_servidores_publicos_da_camara_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/15/plo_003_-_reajuste_do_subsidio_agentes_politicos_do_municipio_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/16/plo_004_-_quadro_pessoal_magisterio_da_prefeitura_municipal_de_goiana_-_revoga_lei_057-1997.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/17/plo_005_-_denomina_esf_dr._luiz_eneas_da_cruz_nunes.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/18/plo_006_-_revisao_geral_anual_do_subsidio_e_auxilios_dos_servidores_publicos_da_prefeitura_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/19/plo_007_-_concessao_transportes_pessoas_residentes_municipio.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/20/plo_008_-_reorganiza_quadro_cargos_da_administracao_publica_-_altera__lei_841-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/21/plo_009_-_compensacao_areas_institucional_flavio_casali.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/22/plo_010_-_revogacao_inciso_iii_art._6o_lei_059_-_ascensao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/594/plo_011-2020_-_utilidade_publica_municipal_associacao_comitiva_os_mais_ou_menos_que_ta_tendo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/595/plo_012-2020_-_concede_isencao_iptu_portadores_doencas_graves.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/596/plo_013-2020_-_altera_lei_059_-_cria_um_cargo_nutricionista_fisioterapeuta_e_fonoaudiologo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/597/plo_014-2020_-_altera_lei_001_-_secretario_gabinete.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/598/plo_015-2020_-_suspensao_parcelas_consignado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/605/plo_016-2020_-_denomina_rotatoria_eguinha_pocoto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/606/plo_017-2020_-_denominacao_bairro_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/608/plo_018-2020_-_isencao_taxas_de_inscricao_concurso_publico_a_serventuarios_justica_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/609/plo_019-2020_-_isencao_iptu_igrejas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/614/plo_020-2020_-_regulamenta_diarias_pmg.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/615/plo_021-2020_-_isencao_de_taxa_de_sepultamento.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/619/plo_022-2020_-_pmg_politica_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/624/plo_023-2020_-_denomina_rua_dr._luiz_eneas_da_cruz_nunes.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/625/plo_024-2020_-_denomina_rua_geraldo_ribeiro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/641/plo_028-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/642/plo_029-2020_-_autoriza_a_assinatura_de_convenio_para_cessao_de_servidor_municipal.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/643/plo_030-2020_-_denominacao_espaco_publico_abigail_lopes_loures.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/644/plo_031-2020_-_altera_lei_605_-_correcao_rua_paulo_ribeiro_-_loteamento_sylvestre.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/646/plo_032-2020_-_cadastramento_monitoramento_preservacao_recuperacao_nascentes_agua.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/647/plo_033-2020_-_inclusao_acoes_ppa_2018-2021_-_construcao-reforma_sede_cmg.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/648/plo_034-2020_-_estima_a_receita_e_fixa_despesa_2021_-_orcamento.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/658/plo_035-2020_-_proibicao_do_pagamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/659/plo_036-2020_-_denominacao_rua_joanattas_teodoro_dos_anjos_-_revoga_lei_802-2019-rua_manoelina.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/660/plo_037-2020_-_altera_lei_no_840.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/593/plc_2020-001_-_altera_lei_complementar_003-2018_-_reestruturacao_administrativa_organizacional_e_funcional_da_camara_municipal_de_goiana.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/650/plc_003-2020_-_parcelamento_solo_urbano_e_rural.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/651/plc_004-2020_-_parcelamento_solo_rural_para_loteamento_condominio_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/23/pr_151-2020_-_institui_galeria_ex-presidentes_galeria_vereador_wllian_cosme_da_silva_guedes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/610/pr_152-2020_-_cidadao_honorario_dr._claret_ribeiro_braga.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/611/pr_153-2020_-_cidada_honoraria_enfermeira_rita_aparecida_guedes_mattosinhos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/612/pr_154-2020_-_aprova_contas_pmg_2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/613/pr_155-2020_-_cidadao_honorario_sec.mun.saude_lucio_alvim.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/626/pr_156-2020_-_concede_o_titulo_de_honra_ao_merito_ao_padre_eder_luiz_pereira.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/628/pr_157-2020_-_concessao_do_titulo_de_cidadao_benemerito_a_claudinei_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/629/pr_158-2020_-_concessao_do_titulo_de_cidada_honoraria_tania_maria_mazoni_zampa.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/630/pr_159-2020_-_concessao_do_titulo_de_cidadao_honorario_rodney_barbosa_costa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/631/pr_160-2020_-_concessao_do_titulo_de_honra_ao_merito_policial_pm_edson_rodrigues_de_oliveira_junior.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/632/pr_161-2020_-_concessao_do_titulo_de_cidda_honoraria_sec._mun._saude_thagnani_reis_do_carmo_ferreira.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/633/pr_162-2020_-_concessao_do_titulo_de_cidada_benemerita_danieli_maciel_pereira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/634/pr_163-2020_-_concessao_do_titulo_de_cidada_honoraria_talita_da_silva_araujo.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/636/pr_164-2020_-_concessao_do_titulo_de_honra_ao_merito_servidora_publica_dayane_antonelli_fonseca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/637/pr_165-2020_-_concessao_do_titulo_de_cidada_honoraria_thais_da_silva_araujo.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.goiana.mg.leg.br/media/sapl/public/materialegislativa/2020/653/pr_166-2020_-_concessao_do_titulo_de_honra_ao_merito_perciliara_fazza.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="183.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="203.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>